--- v0 (2025-12-16)
+++ v1 (2026-03-21)
@@ -1,2641 +1,5826 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B" w:rsidP="00D4275B">
+    <w:p w:rsidR="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="000C305B">
       <w:pPr>
-        <w:pBdr>
-[...5 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5647">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>TABELA DE REMUNERAÇÃO – FUNCIONÁRIOS EFETIVOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A3F51" w:rsidRPr="00DD5647" w:rsidRDefault="00034938" w:rsidP="00347FE8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Calibri"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="00347FE8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>TABELA 1</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD5647">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Auxiliar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD5647">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Limpeza</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4948" w:type="pct"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="953"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1962"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="2017"/>
+        <w:gridCol w:w="2213"/>
+        <w:gridCol w:w="1464"/>
+        <w:gridCol w:w="2184"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D4275B" w:rsidTr="00D4275B">
+      <w:tr w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidTr="008C1C09">
         <w:trPr>
-          <w:trHeight w:val="689"/>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="560" w:type="pct"/>
-[...13 lines deleted...]
-                <w:szCs w:val="23"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>VAGAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>CARGA HORÁRIA SEMANAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>DENOMINAÇÃO DO CARGO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>ESCOLARIDADE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>PADRÃO DE VENCIMENTOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidTr="008C1C09">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>30 horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Auxiliar de Limpeza II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Ensino Médio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidTr="008C1C09">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Auxiliar de Limpeza III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Curso Superior</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...23 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidTr="008C1C09">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Auxiliar de Limpeza IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Pós-Graduação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidRDefault="00DD5647" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...506 lines deleted...]
-              <w:t xml:space="preserve"> D</w:t>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F12124" w:rsidRDefault="00F12124"/>
-    <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B">
+    <w:p w:rsidR="00DD5647" w:rsidRDefault="00034938" w:rsidP="00347FE8">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1026" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C622C1" w:rsidRDefault="002E5D14" w:rsidP="00347FE8">
+      <w:r>
+        <w:t xml:space="preserve">Os vencimentos do cargo </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5647">
+        <w:t>de Auxiliar de Limpeza</w:t>
+      </w:r>
+      <w:r w:rsidR="00347FE8">
+        <w:t xml:space="preserve"> estão descritos no quadro abaixo (Tabela 2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A3F51" w:rsidRDefault="00E67BBF" w:rsidP="00347FE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="23"/>
-[...1 lines deleted...]
-          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5400040" cy="942123"/>
-[...1 lines deleted...]
-            <wp:docPr id="1" name="Imagem 1"/>
+            <wp:extent cx="5400040" cy="962699"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="5" name="Imagem 5" descr="C:\Users\Camara Municipal\Desktop\tabela.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Imagem 4"/>
+                    <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\Camara Municipal\Desktop\tabela.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5400040" cy="942123"/>
+                      <a:ext cx="5400040" cy="962699"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="009F20C0" w:rsidRPr="002A3F51" w:rsidRDefault="009F20C0" w:rsidP="00347FE8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B" w:rsidP="00D4275B">
+    <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DD5647">
       <w:pPr>
-        <w:pBdr>
-[...6 lines deleted...]
-        <w:ind w:firstLine="851"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C622C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>CARGOS ADMINISTRATIVOS E TÉCNICOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00034938" w:rsidP="00DF76A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1027" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="000C305B">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:noProof/>
-[...1 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                            TABELA 1</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00C622C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Assistente Administrativo</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="5050" w:type="pct"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="866"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1652"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="1739"/>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2528"/>
+        <w:gridCol w:w="1581"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D4275B" w:rsidTr="00D4275B">
-[...31 lines deleted...]
-                <w:szCs w:val="23"/>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DD5647">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>VAGAS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="238" w:type="pct"/>
-[...45 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...6 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>CARGA HORÁRIA SEMANAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>DENOMINAÇÃO DO CARGO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...6 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>REQUISITOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DD5647" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...25 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>PADRÃO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DF76A6" w:rsidRDefault="00DD5647" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...67 lines deleted...]
-                <w:szCs w:val="23"/>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>DE VENCIMENTOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D4275B" w:rsidTr="00D4275B">
-[...25 lines deleted...]
-                <w:szCs w:val="23"/>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DD5647" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF76A6" w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="238" w:type="pct"/>
-[...81 lines deleted...]
-                <w:szCs w:val="23"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DD5647" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF76A6" w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>30 horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Assistente Administrativo I</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B">
-[...11 lines deleted...]
-                <w:szCs w:val="23"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Ensino Médio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Assistente Administrativo II</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B">
-[...11 lines deleted...]
-                <w:szCs w:val="23"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Curso Superior</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Assistente Administrativo III</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B">
-[...11 lines deleted...]
-                <w:szCs w:val="23"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Pós-Graduação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Assistente Administrativo IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1721" w:type="pct"/>
-[...71 lines deleted...]
-                <w:szCs w:val="23"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>2ª Pós-Graduação específica na área Pública</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="579" w:type="pct"/>
-[...78 lines deleted...]
-            </w:r>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000C305B" w:rsidRPr="00DF76A6" w:rsidRDefault="000C305B" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D4275B" w:rsidTr="00D4275B">
-[...1056 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="000C305B" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C305B" w:rsidRPr="00DF76A6" w:rsidRDefault="000C305B" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C305B" w:rsidRPr="00DF76A6" w:rsidRDefault="000C305B" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C305B" w:rsidRPr="00DF76A6" w:rsidRDefault="000C305B" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C305B" w:rsidRPr="00DF76A6" w:rsidRDefault="000C305B" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000C305B" w:rsidRPr="00DD5647" w:rsidRDefault="000C305B" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B" w:rsidP="00D4275B">
+    <w:p w:rsidR="002A3F51" w:rsidRDefault="00034938" w:rsidP="00DF76A6">
       <w:pPr>
-        <w:ind w:firstLine="851"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...2 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1028" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00347FE8" w:rsidRDefault="00347FE8" w:rsidP="00DF76A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B" w:rsidP="00D4275B">
+    <w:p w:rsidR="00E67BBF" w:rsidRPr="00DF76A6" w:rsidRDefault="00E67BBF" w:rsidP="00DF76A6">
       <w:pPr>
-        <w:ind w:firstLine="851"/>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...2 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D4275B" w:rsidRDefault="00D4275B" w:rsidP="00D4275B">
+    <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00347FE8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C622C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Técnico Legislativo</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="1739"/>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2528"/>
+        <w:gridCol w:w="1581"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DD5647" w:rsidRPr="00DD5647" w:rsidTr="00DD5647">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>VAGAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>CARGA HORÁRIA SEMANAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>DENOMINAÇÃO DO CARGO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>REQUISITOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DD5647" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>PADRÃO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DF76A6" w:rsidRDefault="00DD5647" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>DE VENCIMENTOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DD5647" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF76A6" w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DD5647" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF76A6" w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>30 horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Técnico Legislativo I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Curso Superior</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Técnico Legislativo II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Pós-Graduação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>J</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Técnico Legislativo III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>2ª Pós-Graduação específica na área Pública</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Técnico Legislativo IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Mestrado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00034938" w:rsidP="00DF76A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1029" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DD5647">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C622C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Advogado</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="1703"/>
+        <w:gridCol w:w="2007"/>
+        <w:gridCol w:w="2464"/>
+        <w:gridCol w:w="1574"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DD5647">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="801" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>VAGAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>CARGA HORÁRIA SEMANAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>DENOMINAÇÃO DO CARGO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>REQUISITOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DD5647" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>PADRÃO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DF76A6" w:rsidRDefault="00DD5647" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>DE VENCIMENTOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DD5647">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="801" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>20 horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Advogado I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Graduação em Direito e inscrição na OAB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DD5647">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="801" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Advogado II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Pós-Graduação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DD5647">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="801" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Advogado III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>2ª Pós-Graduação específica na área Pública</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DD5647">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="801" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Advogado IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Mestrado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00DD5647" w:rsidRPr="002A3F51" w:rsidRDefault="00034938" w:rsidP="002A3F51">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1030" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DD5647">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C622C1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Contador</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="717"/>
+        <w:gridCol w:w="1617"/>
+        <w:gridCol w:w="1951"/>
+        <w:gridCol w:w="2751"/>
+        <w:gridCol w:w="1558"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DD5647">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>VAGAS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>CARGA HORÁRIA SEMANAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>DENOMINAÇÃO DO CARGO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>REQUISITOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DD5647" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>PADRÃO</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD5647" w:rsidRPr="00DF76A6" w:rsidRDefault="00DD5647" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>DE VENCIMENTOS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>30 horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Contador I</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Graduação em Contabilidade e inscrição no CRC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Q</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Contador II</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Pós-Graduação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Contador III</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>2ª Pós-Graduação específica na área Pública</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidTr="00DF76A6">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Contador IV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF76A6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Mestrado</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF76A6" w:rsidRPr="00DF76A6" w:rsidRDefault="00DF76A6" w:rsidP="00DF76A6">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD5647">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="0058574E" w:rsidRPr="009F20C0" w:rsidRDefault="00034938" w:rsidP="009F20C0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1031" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00347FE8" w:rsidRDefault="00347FE8" w:rsidP="00347FE8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Os vencimentos dos cargos de Assistente Administrativo, Técnico Legislativo, Advogado e Contador estão descritos no quadro abaixo (Tabela 2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00E67BBF" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
-          <w:sz w:val="23"/>
-[...1 lines deleted...]
-          <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6242050" cy="2950210"/>
-[...1 lines deleted...]
-            <wp:docPr id="2" name="Imagem 2"/>
+            <wp:extent cx="5400040" cy="2594824"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="6" name="Imagem 6" descr="C:\Users\Camara Municipal\Desktop\tabela 2.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Imagem 5"/>
+                    <pic:cNvPr id="0" name="Picture 10" descr="C:\Users\Camara Municipal\Desktop\tabela 2.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6242050" cy="2950210"/>
+                      <a:ext cx="5400040" cy="2594824"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D4275B">
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B117DE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>REMUNERAÇÃO E CARGOS DE ASSESSORIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00050316" w:rsidRPr="00050316" w:rsidRDefault="00050316" w:rsidP="00050316">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C305B">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>TABELA 01 – Cargos de Assessoria</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8609" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="616"/>
+        <w:gridCol w:w="690"/>
+        <w:gridCol w:w="1362"/>
+        <w:gridCol w:w="1668"/>
+        <w:gridCol w:w="2241"/>
+        <w:gridCol w:w="2032"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidTr="008C1C09">
+        <w:trPr>
+          <w:trHeight w:val="769"/>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Vagas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Código</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Carga Horária Semanal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Denominação do Cargo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Escolaridade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Padrão de Vencimentos (Símbolo)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidTr="00B117DE">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>AJ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>16 horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Assessor Jurídico</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Graduação em Direito e inscrição</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>na OAB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>C - 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidTr="00B117DE">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>AL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>20 horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Assessor Legislativo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Ensino Médio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>C - 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidTr="00B117DE">
+        <w:trPr>
+          <w:trHeight w:val="783"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="571" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>AC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>30 horas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Assessor Comunitário</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Ensino Médio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C305B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="000C305B" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B117DE" w:rsidRDefault="00034938" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_i1032" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Os valores de vencimentos referentes aos símbolos C-1, C-2 e C-3, indicados no quadro acima, encontram-se detalhados na Tabela 2 a seguir.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="00B117DE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="006699"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F20C0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>TABELA 2 – Vencimentos por Símbolo</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="889"/>
+        <w:gridCol w:w="1840"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidTr="008C1C09">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Símbolo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="0F5889"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>Vencimentos (R$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidTr="008C1C09">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>C – 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="00E67BBF">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E67BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>848,92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidTr="008C1C09">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>C – 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00421945" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421945">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>3.240,19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidTr="008C1C09">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00B117DE" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F20C0">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>C – 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00B117DE" w:rsidRPr="009F20C0" w:rsidRDefault="00421945" w:rsidP="008C1C09">
+            <w:pPr>
+              <w:pBdr>
+                <w:top w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:left w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bottom w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:right w:val="single" w:sz="4" w:space="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:between w:val="single" w:sz="4" w:space="1" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:bar w:val="single" w:sz="4" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:pBdr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00421945">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:t>3.240,19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009F20C0" w:rsidRDefault="009F20C0" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F20C0" w:rsidRDefault="009F20C0" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="009F20C0" w:rsidRDefault="009F20C0" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009F20C0" w:rsidRDefault="009F20C0" w:rsidP="000C305B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009F20C0">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00034938" w:rsidRDefault="00034938" w:rsidP="0058574E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00034938" w:rsidRDefault="00034938" w:rsidP="0058574E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Narrow">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00034938" w:rsidRDefault="00034938" w:rsidP="0058574E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00034938" w:rsidRDefault="00034938" w:rsidP="0058574E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="0058574E" w:rsidRDefault="0058574E" w:rsidP="0058574E">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="pt-BR"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49C61799" wp14:editId="4F843620">
+          <wp:extent cx="3620396" cy="1457325"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="4" name="Imagem 4" descr="logo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 47" descr="logo"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
+                        <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                          <a14:imgLayer r:embed="rId2">
+                            <a14:imgEffect>
+                              <a14:brightnessContrast contrast="50000"/>
+                            </a14:imgEffect>
+                          </a14:imgLayer>
+                        </a14:imgProps>
+                      </a:ext>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="3627393" cy="1460141"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="0058574E" w:rsidRPr="00B171D9" w:rsidRDefault="0058574E" w:rsidP="0058574E">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00B171D9">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:b/>
+      </w:rPr>
+      <w:t>“SEDE LEGISLATIVA VEREADOR PEDRO PSZEDIMIRSKI”</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="0058574E" w:rsidRDefault="0058574E" w:rsidP="0058574E">
+    <w:pPr>
+      <w:pStyle w:val="Cabealho"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D4275B"/>
-    <w:rsid w:val="00D4275B"/>
+    <w:rsidRoot w:val="00E15877"/>
+    <w:rsid w:val="00034938"/>
+    <w:rsid w:val="00050316"/>
+    <w:rsid w:val="00063891"/>
+    <w:rsid w:val="000842C2"/>
+    <w:rsid w:val="000C305B"/>
+    <w:rsid w:val="001D66E7"/>
+    <w:rsid w:val="002A3F51"/>
+    <w:rsid w:val="002E5D14"/>
+    <w:rsid w:val="002F0C9F"/>
+    <w:rsid w:val="00347FE8"/>
+    <w:rsid w:val="00401AF8"/>
+    <w:rsid w:val="00421945"/>
+    <w:rsid w:val="0058574E"/>
+    <w:rsid w:val="006D1B13"/>
+    <w:rsid w:val="00886AA6"/>
+    <w:rsid w:val="009F20C0"/>
+    <w:rsid w:val="00A621B9"/>
+    <w:rsid w:val="00B117DE"/>
+    <w:rsid w:val="00C622C1"/>
+    <w:rsid w:val="00CB2333"/>
+    <w:rsid w:val="00CE6338"/>
+    <w:rsid w:val="00DD5647"/>
+    <w:rsid w:val="00DF76A6"/>
+    <w:rsid w:val="00E15877"/>
+    <w:rsid w:val="00E67BBF"/>
     <w:rsid w:val="00F12124"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
@@ -2713,159 +5898,255 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D4275B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Ttulo2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF76A6"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="pt-PT"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodebaloChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D4275B"/>
+    <w:rsid w:val="00E15877"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D4275B"/>
+    <w:rsid w:val="00E15877"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="pt-PT"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DF76A6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Forte">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF76A6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD5647"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0058574E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:rsid w:val="0058574E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0058574E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0058574E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="header" w:uiPriority="0"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
@@ -2943,159 +6224,605 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00D4275B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Ttulo2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF76A6"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="pt-PT"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="pt-BR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodebaloChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D4275B"/>
+    <w:rsid w:val="00E15877"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00D4275B"/>
+    <w:rsid w:val="00E15877"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="pt-PT"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Char">
+    <w:name w:val="Título 2 Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00DF76A6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Forte">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF76A6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD5647"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="pt-BR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cabealho">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CabealhoChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0058574E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CabealhoChar">
+    <w:name w:val="Cabeçalho Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Cabealho"/>
+    <w:rsid w:val="0058574E"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rodap">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="RodapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0058574E"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RodapChar">
+    <w:name w:val="Rodapé Char"/>
+    <w:basedOn w:val="Fontepargpadro"/>
+    <w:link w:val="Rodap"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0058574E"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="156726253">
+    <w:div w:id="546374483">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="949320680">
+    <w:div w:id="731391945">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="782194032">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1485733376">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="981882188">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="140275161">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1626692902">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1804347240">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="825367099">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="906036063">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="633098961">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1717007493">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1040325930">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1624531520">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="4988342">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1956476173">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="199587518">
+          <w:blockQuote w:val="1"/>
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="720"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1332180710">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2074229863">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2079279893">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="27142331">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="452402351">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1888561106">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1713724092">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1548488495">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="29108993">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1384211419">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="854999774">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3339,55 +7066,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DE4466E-B054-4F20-87C1-E708E016ABB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1058</Characters>
+  <Pages>4</Pages>
+  <Words>387</Words>
+  <Characters>2094</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1251</CharactersWithSpaces>
+  <CharactersWithSpaces>2477</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Camara Municipal</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>