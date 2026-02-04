--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -26,76 +26,60 @@
   <w:body>
     <w:p w:rsidR="000B7BA2" w:rsidRPr="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7BA2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Concessão de Diárias</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000B7BA2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000B7BA2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>em 2025</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 2º Quadrimestre</w:t>
+        <w:t>em 2025 2º Quadrimestre</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B7BA2" w:rsidRPr="00E8481A" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2544,857 +2528,857 @@
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E87963" w:rsidRDefault="00E87963" w:rsidP="000B7BA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E87963" w:rsidRDefault="00E87963" w:rsidP="000B7BA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="000B7BA2" w:rsidRPr="00E656F8" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0084758A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ealização de uma Viagem à Curitiba, no dia 25 de junho, para uma reunião no gabinete do Deputado Estadual, senhor Luiz Claudio </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0084758A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Romanelli</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0084758A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>, na Assembleia Legislativa do Estado do Paraná.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidTr="000B7BA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="00E656F8" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>23/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="00E656F8" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001054CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>MARCIO ROBERTO DE SOUZA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="00E656F8" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Presidente</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="00E656F8" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E50EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>1.800,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E50EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Referente </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E50EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E50EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> concessão de duas diárias com pernoite, conforme a Lei nº 2.625/2025, ao Vereador da Câmara Municipal de Rebouças, MARCIO ROBERTO DE SOUZA, para a realização de uma viagem a Brasília, para a participação na "Mobilização em Defesa da Cadeia Produtiva do Tabaco", organizada pela AMPROTABACO (Associação dos Municípios Produtores de Tabaco), e visitas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000E50EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>parlementares</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000E50EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="00E656F8" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidTr="000B7BA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>24/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="001054CC" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E50EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>JEFFERSON MATSUITI OKAMOTO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Vereador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>500,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A00562">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Referente </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A00562">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A00562">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> concessão de uma diária, conforme a Lei nº 2.625/2025, ao Vereador da Câmara Municipal de Rebouças, JEFFERSON MATSUITI OKAMOTO, para a realização de uma viagem à Curitiba, para a participação em reuniões parlamentares, na Assembleia Legislativa do Estado do Paraná, em busca de recursos para o município.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidTr="000B7BA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>25/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="001054CC" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F164A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>VITOR FRANCISCO BUHRER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Vereador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>500,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F164A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>ealização de uma viagem à Curitiba, no dia 05 de agosto, para a participação em reuniões parlamentares, na Câmara dos Deputados, em busca de recursos para o município.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidTr="000B7BA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>26/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="001054CC" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F164A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>VICENTE DE ANDRADE CARDOSO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Vereador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>500,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F164A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ealização de uma viagem à Curitiba, no dia 13 de agosto, para a participação em reuniões parlamentares, na Assembleia Legislativa do Estado do Paraná, em busca de recursos para o </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F164A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>município de Rebouças.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidTr="000B7BA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>27/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="001054CC" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>MÁRCIO ROBERTO DE SOUZA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Presidente</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>500,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F164A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>ealização de uma viagem à Curitiba, no dia 19 de agosto, para a participação em reuniões parlamentares, na Assembleia Legislativa do Estado do Paraná, em busca de recursos para o município de Rebouças.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidTr="000B7BA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>28/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="001054CC" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ALESSANDRO LUIS MAZUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>Vereador</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>500,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="000E50EE" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F164A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+              </w:rPr>
+              <w:t>ealização de uma viagem à Curitiba, no dia 27 de agosto, para a participação em reuniões parlamentares, no Gabinete de Liderança do Governo, na Assembleia Legislativa do Estado do Paraná, para tratar de assuntos do município de Rebouças.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidTr="000B7BA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1668" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D472A4">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>TOTAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidRDefault="008458F7" w:rsidP="000B7BA2">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>12.900</w:t>
+            </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r>
-[...763 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidR="000B7BA2" w:rsidRPr="00B876BC">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
-            </w:pPr>
-[...34 lines deleted...]
-              <w:t>.700,00</w:t>
+              <w:t>,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidTr="000B7BA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000B7BA2" w:rsidRPr="00D472A4" w:rsidRDefault="000B7BA2" w:rsidP="000B7BA2">
@@ -3457,157 +3441,158 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000B7BA2" w:rsidRPr="00E8481A" w:rsidSect="000B7BA2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FF19B9" w:rsidRDefault="00FF19B9" w:rsidP="000C4FD1">
+    <w:p w:rsidR="002A7F14" w:rsidRDefault="002A7F14" w:rsidP="000C4FD1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FF19B9" w:rsidRDefault="00FF19B9" w:rsidP="000C4FD1">
+    <w:p w:rsidR="002A7F14" w:rsidRDefault="002A7F14" w:rsidP="000C4FD1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FF19B9" w:rsidRDefault="00FF19B9" w:rsidP="000C4FD1">
+    <w:p w:rsidR="002A7F14" w:rsidRDefault="002A7F14" w:rsidP="000C4FD1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FF19B9" w:rsidRDefault="00FF19B9" w:rsidP="000C4FD1">
+    <w:p w:rsidR="002A7F14" w:rsidRDefault="002A7F14" w:rsidP="000C4FD1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C4FD1"/>
     <w:rsid w:val="0000755D"/>
     <w:rsid w:val="000B46FF"/>
     <w:rsid w:val="000B7BA2"/>
     <w:rsid w:val="000C4FD1"/>
     <w:rsid w:val="001E43A3"/>
     <w:rsid w:val="00256E70"/>
     <w:rsid w:val="002A47CE"/>
+    <w:rsid w:val="002A7F14"/>
     <w:rsid w:val="003C244D"/>
     <w:rsid w:val="003D70FE"/>
     <w:rsid w:val="00486D14"/>
     <w:rsid w:val="004B74FF"/>
     <w:rsid w:val="00525CAE"/>
     <w:rsid w:val="005328D1"/>
     <w:rsid w:val="00715A4D"/>
     <w:rsid w:val="0083089E"/>
+    <w:rsid w:val="008458F7"/>
     <w:rsid w:val="0085376E"/>
     <w:rsid w:val="00880D58"/>
     <w:rsid w:val="00900576"/>
     <w:rsid w:val="009021AE"/>
     <w:rsid w:val="0098602A"/>
     <w:rsid w:val="0099703E"/>
     <w:rsid w:val="009E70E9"/>
     <w:rsid w:val="00A8045D"/>
     <w:rsid w:val="00B546E7"/>
     <w:rsid w:val="00B57FAF"/>
     <w:rsid w:val="00BF1267"/>
     <w:rsid w:val="00C37B71"/>
     <w:rsid w:val="00CB3290"/>
     <w:rsid w:val="00D244CD"/>
     <w:rsid w:val="00D65205"/>
     <w:rsid w:val="00D67239"/>
     <w:rsid w:val="00E3088E"/>
     <w:rsid w:val="00E62DE0"/>
     <w:rsid w:val="00E8481A"/>
     <w:rsid w:val="00E87963"/>
     <w:rsid w:val="00F0226E"/>
     <w:rsid w:val="00FF19B9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -4421,51 +4406,51 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>743</Words>
   <Characters>4013</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>