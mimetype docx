--- v0 (2025-12-18)
+++ v1 (2026-02-27)
@@ -785,52 +785,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>2.2 - Avaliação quanto à eficiência e eficácia da Gestão Financeira</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C5355" w:rsidRPr="00627C7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>..............................</w:t>
       </w:r>
       <w:r w:rsidR="00E17D6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>.......................</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E17D6B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00FA5A9B" w:rsidRPr="00627C7D" w:rsidRDefault="00FA5A9B" w:rsidP="00EC244B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00627C7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>2.3 - Avaliação quanto à eficiência e eficácia da Gestão Patrimonial</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006C5355" w:rsidRPr="00627C7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>..........................</w:t>
       </w:r>
       <w:r w:rsidR="00F9541A" w:rsidRPr="00627C7D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -4166,51 +4164,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C94C13" w:rsidRPr="007C2A52" w:rsidTr="00F43339">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1109" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C94C13" w:rsidRPr="00F43339" w:rsidRDefault="00C94C13" w:rsidP="00F43339">
             <w:pPr>
               <w:ind w:left="426"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk7437393"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk7437393"/>
             <w:r w:rsidRPr="00F43339">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Jan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1820" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C94C13" w:rsidRPr="00F43339" w:rsidRDefault="00C94C13" w:rsidP="00F43339">
             <w:pPr>
               <w:ind w:left="426"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -5576,51 +5574,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1886" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00C94C13" w:rsidRPr="00F43339" w:rsidRDefault="00C94C13" w:rsidP="00F43339">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w:rsidR="00C15010" w:rsidRDefault="00C15010" w:rsidP="00091141">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0061586D" w:rsidRPr="00212288" w:rsidRDefault="0061586D" w:rsidP="00091141">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00212396" w:rsidRPr="00353397" w:rsidRDefault="006B2578" w:rsidP="00353397">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
@@ -6956,65 +6954,73 @@
           </w:tcPr>
           <w:p w:rsidR="001E5E6E" w:rsidRPr="00DA726E" w:rsidRDefault="001E5E6E" w:rsidP="00E55B61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Material de Consumo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001E5E6E" w:rsidRPr="00DA726E" w:rsidRDefault="0037232D" w:rsidP="00E55B61">
-[...13 lines deleted...]
-              <w:t>80</w:t>
+          <w:p w:rsidR="001E5E6E" w:rsidRPr="00DA726E" w:rsidRDefault="00BE7D6D" w:rsidP="00E55B61">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="0037232D" w:rsidRPr="00DA726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="003D76A8" w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00835021" w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="003D76A8" w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>00,00</w:t>
             </w:r>
@@ -7336,57 +7342,65 @@
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001E5E6E" w:rsidRPr="00DA726E" w:rsidRDefault="0037232D" w:rsidP="00E55B61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
+            <w:r w:rsidR="00BE7D6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
             <w:r w:rsidR="00835021" w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>0.000,00</w:t>
+              <w:t>.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001E5E6E" w:rsidRPr="00DA726E" w:rsidRDefault="003D5FFA" w:rsidP="00E55B61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>80.752,19</w:t>
             </w:r>
@@ -7614,65 +7628,73 @@
             <w:r w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Permanente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A059DD" w:rsidRPr="00DA726E" w:rsidRDefault="0037232D" w:rsidP="00E55B61">
-[...13 lines deleted...]
-              <w:t>80</w:t>
+          <w:p w:rsidR="00A059DD" w:rsidRPr="00DA726E" w:rsidRDefault="00BE7D6D" w:rsidP="00E55B61">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="0037232D" w:rsidRPr="00DA726E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00A059DD" w:rsidRPr="00DA726E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.000,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1723" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00A059DD" w:rsidRPr="00DA726E" w:rsidRDefault="003D5FFA" w:rsidP="00E55B61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -12449,64 +12471,73 @@
             <w:tcW w:w="6062" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00D52FB3" w:rsidRPr="001E1A4A" w:rsidRDefault="00D52FB3" w:rsidP="002A41B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E1A4A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
               <w:t>Percentual aplicado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3716" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D52FB3" w:rsidRPr="000B1891" w:rsidRDefault="00D52FB3" w:rsidP="00880A81">
+          <w:p w:rsidR="00D52FB3" w:rsidRPr="000B1891" w:rsidRDefault="00F40C25" w:rsidP="00880A81">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B1891">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
               </w:rPr>
-              <w:t>24%</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidR="00D52FB3" w:rsidRPr="000B1891">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>4%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="001236C6" w:rsidRPr="00963068" w:rsidRDefault="001236C6" w:rsidP="003E7FBB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E8342C" w:rsidRDefault="003E7FBB" w:rsidP="00B509DC">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00963068">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
@@ -14627,58 +14658,58 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00963068">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t>Controle Interno</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FD3A30" w:rsidRPr="00963068" w:rsidSect="00CE4E64">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="737" w:right="849" w:bottom="771" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E61FC7" w:rsidRDefault="00E61FC7">
+    <w:p w:rsidR="001C699A" w:rsidRDefault="001C699A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E61FC7" w:rsidRDefault="00E61FC7">
+    <w:p w:rsidR="001C699A" w:rsidRDefault="001C699A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -14692,79 +14723,79 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00FC1528" w:rsidRDefault="00FC1528">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E17D6B">
+    <w:r w:rsidR="00F40C25">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00FC1528" w:rsidRDefault="00FC1528">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E61FC7" w:rsidRDefault="00E61FC7">
+    <w:p w:rsidR="001C699A" w:rsidRDefault="001C699A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E61FC7" w:rsidRDefault="00E61FC7">
+    <w:p w:rsidR="001C699A" w:rsidRDefault="001C699A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00FC1528" w:rsidRPr="00873131" w:rsidRDefault="00FC1528" w:rsidP="00B1224A">
     <w:pPr>
       <w:pStyle w:val="Ttulo2"/>
       <w:ind w:left="1416" w:firstLine="294"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:color w:val="000000"/>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -15210,50 +15241,51 @@
     <w:rsid w:val="00171AB2"/>
     <w:rsid w:val="001723A1"/>
     <w:rsid w:val="00172601"/>
     <w:rsid w:val="00172DE6"/>
     <w:rsid w:val="00174F56"/>
     <w:rsid w:val="001756B4"/>
     <w:rsid w:val="00176492"/>
     <w:rsid w:val="00176E51"/>
     <w:rsid w:val="001800E8"/>
     <w:rsid w:val="00183283"/>
     <w:rsid w:val="00184476"/>
     <w:rsid w:val="00185757"/>
     <w:rsid w:val="00185F32"/>
     <w:rsid w:val="001870FB"/>
     <w:rsid w:val="00194CBA"/>
     <w:rsid w:val="0019522E"/>
     <w:rsid w:val="001A4552"/>
     <w:rsid w:val="001B2829"/>
     <w:rsid w:val="001B2CB1"/>
     <w:rsid w:val="001C0347"/>
     <w:rsid w:val="001C11DA"/>
     <w:rsid w:val="001C16AC"/>
     <w:rsid w:val="001C328E"/>
     <w:rsid w:val="001C41BB"/>
     <w:rsid w:val="001C63DD"/>
+    <w:rsid w:val="001C699A"/>
     <w:rsid w:val="001C70A6"/>
     <w:rsid w:val="001C768B"/>
     <w:rsid w:val="001D53C2"/>
     <w:rsid w:val="001D79C5"/>
     <w:rsid w:val="001D7CFF"/>
     <w:rsid w:val="001E0860"/>
     <w:rsid w:val="001E1A4A"/>
     <w:rsid w:val="001E21E6"/>
     <w:rsid w:val="001E5E6E"/>
     <w:rsid w:val="001F4778"/>
     <w:rsid w:val="001F5A20"/>
     <w:rsid w:val="001F5CA9"/>
     <w:rsid w:val="001F5FD2"/>
     <w:rsid w:val="001F6F7B"/>
     <w:rsid w:val="00201A85"/>
     <w:rsid w:val="00201C57"/>
     <w:rsid w:val="002043F8"/>
     <w:rsid w:val="0020447A"/>
     <w:rsid w:val="00211725"/>
     <w:rsid w:val="00212288"/>
     <w:rsid w:val="00212396"/>
     <w:rsid w:val="00217B99"/>
     <w:rsid w:val="0022430C"/>
     <w:rsid w:val="00224EBF"/>
     <w:rsid w:val="00225DD7"/>
@@ -15522,50 +15554,51 @@
     <w:rsid w:val="005F351D"/>
     <w:rsid w:val="005F7707"/>
     <w:rsid w:val="00601AF8"/>
     <w:rsid w:val="0060254D"/>
     <w:rsid w:val="006050F4"/>
     <w:rsid w:val="006071E6"/>
     <w:rsid w:val="00612A10"/>
     <w:rsid w:val="006130C3"/>
     <w:rsid w:val="006139F3"/>
     <w:rsid w:val="00613EB7"/>
     <w:rsid w:val="00613FE8"/>
     <w:rsid w:val="0061527E"/>
     <w:rsid w:val="0061586D"/>
     <w:rsid w:val="00616B0B"/>
     <w:rsid w:val="00616FFF"/>
     <w:rsid w:val="00620B32"/>
     <w:rsid w:val="00621EC7"/>
     <w:rsid w:val="0062283D"/>
     <w:rsid w:val="0062320D"/>
     <w:rsid w:val="0062401C"/>
     <w:rsid w:val="00626822"/>
     <w:rsid w:val="00627C7D"/>
     <w:rsid w:val="00633B6E"/>
     <w:rsid w:val="0063425B"/>
     <w:rsid w:val="00634682"/>
+    <w:rsid w:val="0064311E"/>
     <w:rsid w:val="00645F7A"/>
     <w:rsid w:val="00647058"/>
     <w:rsid w:val="00647535"/>
     <w:rsid w:val="00650EDC"/>
     <w:rsid w:val="006515D6"/>
     <w:rsid w:val="0065303E"/>
     <w:rsid w:val="006604B5"/>
     <w:rsid w:val="00661454"/>
     <w:rsid w:val="006614D2"/>
     <w:rsid w:val="006616AD"/>
     <w:rsid w:val="006617C7"/>
     <w:rsid w:val="00662472"/>
     <w:rsid w:val="006635F6"/>
     <w:rsid w:val="00665EB9"/>
     <w:rsid w:val="006672B5"/>
     <w:rsid w:val="00674F7E"/>
     <w:rsid w:val="00677821"/>
     <w:rsid w:val="00686B89"/>
     <w:rsid w:val="0068730D"/>
     <w:rsid w:val="00691E74"/>
     <w:rsid w:val="006A2A4F"/>
     <w:rsid w:val="006A33EA"/>
     <w:rsid w:val="006A4E40"/>
     <w:rsid w:val="006A58E0"/>
     <w:rsid w:val="006A7650"/>
@@ -15876,50 +15909,51 @@
     <w:rsid w:val="00B729E8"/>
     <w:rsid w:val="00B7387B"/>
     <w:rsid w:val="00B738B0"/>
     <w:rsid w:val="00B73C58"/>
     <w:rsid w:val="00B74B64"/>
     <w:rsid w:val="00B77C2A"/>
     <w:rsid w:val="00B77DCD"/>
     <w:rsid w:val="00B82342"/>
     <w:rsid w:val="00B8297A"/>
     <w:rsid w:val="00B82BA8"/>
     <w:rsid w:val="00B855C1"/>
     <w:rsid w:val="00B9133C"/>
     <w:rsid w:val="00B92BE8"/>
     <w:rsid w:val="00B97FC0"/>
     <w:rsid w:val="00BA4509"/>
     <w:rsid w:val="00BA5308"/>
     <w:rsid w:val="00BA7369"/>
     <w:rsid w:val="00BB3111"/>
     <w:rsid w:val="00BB615C"/>
     <w:rsid w:val="00BB66A4"/>
     <w:rsid w:val="00BD35A7"/>
     <w:rsid w:val="00BD3967"/>
     <w:rsid w:val="00BD754B"/>
     <w:rsid w:val="00BE2ED1"/>
     <w:rsid w:val="00BE6ADD"/>
+    <w:rsid w:val="00BE7D6D"/>
     <w:rsid w:val="00BF018D"/>
     <w:rsid w:val="00BF16B6"/>
     <w:rsid w:val="00BF3331"/>
     <w:rsid w:val="00C008F9"/>
     <w:rsid w:val="00C0207E"/>
     <w:rsid w:val="00C02DBA"/>
     <w:rsid w:val="00C03E29"/>
     <w:rsid w:val="00C06EF5"/>
     <w:rsid w:val="00C0739A"/>
     <w:rsid w:val="00C11BB5"/>
     <w:rsid w:val="00C11C0B"/>
     <w:rsid w:val="00C1369F"/>
     <w:rsid w:val="00C15010"/>
     <w:rsid w:val="00C159B4"/>
     <w:rsid w:val="00C208B3"/>
     <w:rsid w:val="00C20F1B"/>
     <w:rsid w:val="00C24420"/>
     <w:rsid w:val="00C25F77"/>
     <w:rsid w:val="00C3026D"/>
     <w:rsid w:val="00C31B5E"/>
     <w:rsid w:val="00C3202C"/>
     <w:rsid w:val="00C329A8"/>
     <w:rsid w:val="00C32D1B"/>
     <w:rsid w:val="00C374A0"/>
     <w:rsid w:val="00C37D57"/>
@@ -16099,50 +16133,51 @@
     <w:rsid w:val="00ED71D5"/>
     <w:rsid w:val="00ED73C5"/>
     <w:rsid w:val="00ED7E59"/>
     <w:rsid w:val="00EE06A1"/>
     <w:rsid w:val="00EE38D8"/>
     <w:rsid w:val="00EE71F3"/>
     <w:rsid w:val="00EE740B"/>
     <w:rsid w:val="00EE7F02"/>
     <w:rsid w:val="00EF10F7"/>
     <w:rsid w:val="00EF3B73"/>
     <w:rsid w:val="00EF553F"/>
     <w:rsid w:val="00EF7498"/>
     <w:rsid w:val="00F00E9D"/>
     <w:rsid w:val="00F01225"/>
     <w:rsid w:val="00F03901"/>
     <w:rsid w:val="00F03AA6"/>
     <w:rsid w:val="00F04214"/>
     <w:rsid w:val="00F05F8A"/>
     <w:rsid w:val="00F10142"/>
     <w:rsid w:val="00F10723"/>
     <w:rsid w:val="00F24809"/>
     <w:rsid w:val="00F255E3"/>
     <w:rsid w:val="00F335CD"/>
     <w:rsid w:val="00F33D93"/>
     <w:rsid w:val="00F363F6"/>
+    <w:rsid w:val="00F40C25"/>
     <w:rsid w:val="00F40DEB"/>
     <w:rsid w:val="00F417A2"/>
     <w:rsid w:val="00F42706"/>
     <w:rsid w:val="00F43339"/>
     <w:rsid w:val="00F454DE"/>
     <w:rsid w:val="00F45CF3"/>
     <w:rsid w:val="00F50C1C"/>
     <w:rsid w:val="00F50DA4"/>
     <w:rsid w:val="00F52C84"/>
     <w:rsid w:val="00F53C46"/>
     <w:rsid w:val="00F57182"/>
     <w:rsid w:val="00F57378"/>
     <w:rsid w:val="00F579E3"/>
     <w:rsid w:val="00F60602"/>
     <w:rsid w:val="00F6275A"/>
     <w:rsid w:val="00F64570"/>
     <w:rsid w:val="00F67C32"/>
     <w:rsid w:val="00F70E83"/>
     <w:rsid w:val="00F73D11"/>
     <w:rsid w:val="00F81E9D"/>
     <w:rsid w:val="00F9541A"/>
     <w:rsid w:val="00F9776A"/>
     <w:rsid w:val="00F97CEB"/>
     <w:rsid w:val="00FA2B13"/>
     <w:rsid w:val="00FA5A9B"/>
@@ -17930,51 +17965,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5EC09F1-3DEA-46CC-BA8F-02A444613320}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{105EC9FE-BA4C-45A0-A7E3-C453ACEFA159}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>2935</Words>
   <Characters>15855</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>132</Lines>
   <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>